--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -610,51 +610,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="row_title__paragraph"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="row_title__font"/>
               </w:rPr>
               <w:t xml:space="preserve">Рабочий тел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6500" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="row_value__paragraph"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="row_value__font"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (495) 744-30-21</w:t>
+              <w:t xml:space="preserve">8 800 775 78 96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="row_title__paragraph"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="row_title__font"/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6500" w:type="dxa"/>